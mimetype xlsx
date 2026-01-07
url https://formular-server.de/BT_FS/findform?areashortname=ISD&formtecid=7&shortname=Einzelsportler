--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -92,55 +92,55 @@
     <t>Deutsche Meisterschaft
 Platzierung</t>
   </si>
   <si>
     <t>Erwachsenenklasse</t>
   </si>
   <si>
     <t>Seniorenklasse</t>
   </si>
   <si>
     <t>Jugendklasse</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Mustermann</t>
   </si>
   <si>
     <t>Gewichtheben</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>Süddeutsche,  Bayerische oder Franken Meisterschaft
+    <t>1.</t>
+  </si>
+  <si>
+    <t>Süddeutsche oder Bayerische Meisterschaft
 Platzierung</t>
-  </si>
-[...1 lines deleted...]
-    <t>1.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -528,51 +528,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:S26"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F9" sqref="F9"/>
+      <selection activeCell="H5" sqref="H5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.28515625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="19.85546875" customWidth="1"/>
     <col min="2" max="2" width="21.140625" customWidth="1"/>
     <col min="3" max="3" width="4.140625" style="2" customWidth="1"/>
     <col min="4" max="4" width="22.140625" customWidth="1"/>
     <col min="5" max="7" width="5.5703125" customWidth="1"/>
     <col min="8" max="8" width="9.85546875" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" customWidth="1"/>
     <col min="10" max="12" width="3.5703125" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" customWidth="1"/>
     <col min="14" max="19" width="3.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A1" s="10"/>
       <c r="B1" s="10"/>
       <c r="C1" s="11"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
@@ -656,98 +656,98 @@
       <c r="S4" s="10"/>
     </row>
     <row r="5" spans="1:19" ht="114" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I5" s="7"/>
       <c r="J5" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M5" s="8"/>
       <c r="N5" s="9" t="s">
         <v>9</v>
       </c>
       <c r="O5" s="9" t="s">
         <v>5</v>
       </c>
       <c r="P5" s="9" t="s">
         <v>6</v>
       </c>
       <c r="Q5" s="9" t="s">
         <v>7</v>
       </c>
       <c r="R5" s="9" t="s">
         <v>8</v>
       </c>
       <c r="S5" s="9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A6" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="15">
         <v>65</v>
       </c>
       <c r="D6" s="14" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="16"/>
       <c r="F6" s="16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G6" s="16"/>
       <c r="H6" s="16"/>
       <c r="I6" s="17"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="16"/>
       <c r="M6" s="17"/>
       <c r="N6" s="16" t="s">
         <v>21</v>
       </c>
       <c r="O6" s="16"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A7" s="14"/>
       <c r="B7" s="14"/>
       <c r="C7" s="15"/>
       <c r="D7" s="14"/>
       <c r="E7" s="16"/>